--- v0 (2025-12-18)
+++ v1 (2026-02-22)
@@ -8,84 +8,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Oddělení 571\117D92_zivly\2024_vyzva_č.1_DT2_117D926_živel_pro rok 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FC03D20-49DC-4BEA-98C5-680D6A7693F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B586330D-9839-4AFC-A6A1-E447D9BC66B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-60" windowWidth="23256" windowHeight="12456" xr2:uid="{84E9B4CB-5A8D-4C92-B7DB-259163092FD9}"/>
+    <workbookView xWindow="-28920" yWindow="-1860" windowWidth="29040" windowHeight="17520" xr2:uid="{84E9B4CB-5A8D-4C92-B7DB-259163092FD9}"/>
   </bookViews>
   <sheets>
     <sheet name="Podpořené_117D926" sheetId="1" r:id="rId1"/>
     <sheet name="Nepodpořené_117D926" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Nepodpořené_117D926!$A$2:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Podpořené_117D926!$A$2:$K$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="245">
   <si>
     <t>poč.</t>
   </si>
   <si>
     <t>p.č.</t>
   </si>
   <si>
     <t>DT</t>
   </si>
   <si>
     <t>název projektu</t>
   </si>
   <si>
     <t>IČO</t>
   </si>
   <si>
     <t>žadatel</t>
   </si>
   <si>
     <t>poč. obyvatel</t>
   </si>
   <si>
     <t>kraj žadatele</t>
   </si>
   <si>
@@ -554,50 +554,272 @@
     <t>Město Hluk</t>
   </si>
   <si>
     <t>Stavební úpravy tribuny TJ Nedachlebice</t>
   </si>
   <si>
     <t>Rekonstrukce lávky přes místní potok u hasičské zbrojnice ve Valašských Kloboukách</t>
   </si>
   <si>
     <t>Povodňové škody v obci Branky - oprava místní komunikace Motýlovská</t>
   </si>
   <si>
     <t>Obec Branky</t>
   </si>
   <si>
     <t>Oprava cest po povodních v roce 2024 v obci Javorník</t>
   </si>
   <si>
     <t>Obec Javorník</t>
   </si>
   <si>
     <t>Oprava komunikací poničených povodní v obci Vidov</t>
   </si>
   <si>
     <t>Obec Vidov</t>
+  </si>
+  <si>
+    <t>Obnova soustavy ČOV Horní Lhota po povodni 2024</t>
+  </si>
+  <si>
+    <t>Obec Horní Lhota</t>
+  </si>
+  <si>
+    <t>Obnova komunikace UK24 po přívalovém dešti v obci Chvalčov</t>
+  </si>
+  <si>
+    <t>Obec Chvalčov</t>
+  </si>
+  <si>
+    <t>Oprava komunikace p.č. 403</t>
+  </si>
+  <si>
+    <t>Obec Lipová</t>
+  </si>
+  <si>
+    <t>Obnova komunikace U Stančíků v obci Poličná</t>
+  </si>
+  <si>
+    <t>Obec Poličná</t>
+  </si>
+  <si>
+    <t>Obnova obecního majetku: Most "Do Zápotočí“ v obci Ratiboř</t>
+  </si>
+  <si>
+    <t>Obec Ratiboř</t>
+  </si>
+  <si>
+    <t>Oprava vodní nádrže v Hlíně</t>
+  </si>
+  <si>
+    <t>Obec Horka</t>
+  </si>
+  <si>
+    <t>Obnova mostu Děkanské Skaliny</t>
+  </si>
+  <si>
+    <t>Obec Benešov nad Černou</t>
+  </si>
+  <si>
+    <t>Odstranění popovodňových škod na komunikaci u MVN Dobroslava</t>
+  </si>
+  <si>
+    <t>Obec Těchobuz</t>
+  </si>
+  <si>
+    <t>Komunikace a kanalizace k ČOV</t>
+  </si>
+  <si>
+    <t>Obec Hradčany</t>
+  </si>
+  <si>
+    <t>Oprava komunikace na Tvarožnou Lhotu</t>
+  </si>
+  <si>
+    <t>Obec Radějov</t>
+  </si>
+  <si>
+    <t>Obnova místní komunikace Nahodč po živelní pohromě v roce 2024</t>
+  </si>
+  <si>
+    <t>Obec Lažiště</t>
+  </si>
+  <si>
+    <t>Most na místní komunikaci Korkusova Huť - Arnoštka</t>
+  </si>
+  <si>
+    <t>Město Vimperk</t>
+  </si>
+  <si>
+    <t>Propustek 503c-P1 přes Fibakovský potok na ulici Mistřovická</t>
+  </si>
+  <si>
+    <t>Odstranění popovodňových škod na komunikaci u MVN Loudal</t>
+  </si>
+  <si>
+    <t>Obnova komunikace "na Prženské paseky" po přívalových deštích v obci Pržno</t>
+  </si>
+  <si>
+    <t>Obec Pržno</t>
+  </si>
+  <si>
+    <t>Obnova obecních komunikací v obci Seninka po přívalovém dešti</t>
+  </si>
+  <si>
+    <t>Obec Seninka</t>
+  </si>
+  <si>
+    <t>Obnova místní komunikace Zvěřenice po živelní pohromě v roce 2024</t>
+  </si>
+  <si>
+    <t>Obnova místní komunikace Na návsi po živelní pohromě v roce 2024</t>
+  </si>
+  <si>
+    <t>Obec Zbytiny</t>
+  </si>
+  <si>
+    <t>Rekonstrukce třídy Soukenické v Broumově</t>
+  </si>
+  <si>
+    <t>Lubná - oprava hřiště po povodni</t>
+  </si>
+  <si>
+    <t>Obec Lubná</t>
+  </si>
+  <si>
+    <t>Obnova mostu k základní a mateřské škole Boršice</t>
+  </si>
+  <si>
+    <t>Obec Boršice</t>
+  </si>
+  <si>
+    <t>Odstranění popovodňových škod na komunikaci u MVN Polský</t>
+  </si>
+  <si>
+    <t>Obnova obecního majetku: Most za OÚ Ratiboř</t>
+  </si>
+  <si>
+    <t>Obnova koryta potoka na dětském hřišti po živelné pohromě</t>
+  </si>
+  <si>
+    <t>Obec Nová Lhota</t>
+  </si>
+  <si>
+    <t>Obnova mostu 3c M1 v obci Choryně po povodni</t>
+  </si>
+  <si>
+    <t>Obec Choryně</t>
+  </si>
+  <si>
+    <t>Oprava mostu přes tok Brusenku po povodni v roce 2024 v obci Brusné</t>
+  </si>
+  <si>
+    <t>Obec Brusné</t>
+  </si>
+  <si>
+    <t>Obec Petrovice - oprava krajnice polní cesty VC-21</t>
+  </si>
+  <si>
+    <t>Obec Petrovice</t>
+  </si>
+  <si>
+    <t>Zpevnění břehů Bílského potoka v Budyni</t>
+  </si>
+  <si>
+    <t>Obec Budyně</t>
+  </si>
+  <si>
+    <t>Hlinsko – Stavební úpravy hřiště v Podzahradí</t>
+  </si>
+  <si>
+    <t>Obec Hlinsko</t>
+  </si>
+  <si>
+    <t>Odstranění povodňových škod na komunikaci v lokalitě U Buku</t>
+  </si>
+  <si>
+    <t>Most v místní části Hajnušov v obci Hošťálková</t>
+  </si>
+  <si>
+    <t>Obec Hošťálková</t>
+  </si>
+  <si>
+    <t>Obnova místní komunikace č. 48c Lopuník v obci Liptál po přívalovém dešti</t>
+  </si>
+  <si>
+    <t>Obec Liptál</t>
+  </si>
+  <si>
+    <t>Most v obci Francova Lhota přes potok Senice u č.p. 297</t>
+  </si>
+  <si>
+    <t>Obec Francova Lhota</t>
+  </si>
+  <si>
+    <t>Obnova obecního majetku v obci Střítež nad Bečvou po přívalových deštích 2024</t>
+  </si>
+  <si>
+    <t>Obec Střítež nad Bečvou</t>
+  </si>
+  <si>
+    <t>Lávka ul. Závodí, Nivnice</t>
+  </si>
+  <si>
+    <t>Obec Nivnice</t>
+  </si>
+  <si>
+    <t>Odstranění povodňových škod na MVN u Buku</t>
+  </si>
+  <si>
+    <t>Sanace lávky v Žabokrkách</t>
+  </si>
+  <si>
+    <t>Město Hronov</t>
+  </si>
+  <si>
+    <t>Bystřice pod Lopeníkem</t>
+  </si>
+  <si>
+    <t>Obec Bystřice pod Lopeníkem</t>
+  </si>
+  <si>
+    <t>Obnova místních komunikací Hošťálková</t>
+  </si>
+  <si>
+    <t>Obnova obecního majetku: Oprava cesty do Tábora Ratiboř</t>
+  </si>
+  <si>
+    <t>Most před hasičskou zbrojnicí na místní komunikaci v Mysločovicích</t>
+  </si>
+  <si>
+    <t>Obec Mysločovice</t>
+  </si>
+  <si>
+    <t>Biskupice – statické zabezpečení MK na parcele 460/9</t>
+  </si>
+  <si>
+    <t>Obec Biskupice</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;Kč&quot;_-;\-* #,##0\ &quot;Kč&quot;_-;_-* &quot;-&quot;??\ &quot;Kč&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -791,125 +1013,95 @@
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Správně" xfId="1" builtinId="26"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>228600</xdr:colOff>
+      <xdr:colOff>27214</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>151019</xdr:rowOff>
+      <xdr:rowOff>54429</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>523875</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1009651</xdr:rowOff>
+      <xdr:rowOff>1092654</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Obrázek 1">
+        <xdr:cNvPr id="3" name="Obrázek 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A664C3C-EF96-4CE8-91E6-3D5B80DD469B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3C5161A-D28D-491F-B162-B3D05C7E6F11}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="228600" y="151019"/>
-          <a:ext cx="1514475" cy="858632"/>
+          <a:off x="27214" y="54429"/>
+          <a:ext cx="1828800" cy="1038225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>123826</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>76201</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1476374" cy="680094"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Obrázek 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A6FDFB-EFB2-4E9D-A9A1-B0013CEC1138}"/>
             </a:ext>
           </a:extLst>
@@ -1252,2402 +1444,3907 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18BE3DD4-425B-4E53-9B15-842D84AC0627}">
-  <dimension ref="A1:K53"/>
+  <dimension ref="A1:K93"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="L1" sqref="L1"/>
+    <sheetView tabSelected="1" topLeftCell="A89" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="L5" sqref="L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="4" max="4" width="14.44140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="11" width="15.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="15.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="91.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="12"/>
       <c r="B1" s="13"/>
       <c r="C1" s="14"/>
       <c r="D1" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="17"/>
     </row>
-    <row r="2" spans="1:11" s="3" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" s="3" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="5">
         <v>2</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="6">
         <v>369</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="11">
         <v>769903</v>
       </c>
       <c r="J3" s="11">
         <v>230971</v>
       </c>
       <c r="K3" s="11">
         <v>538932</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5">
         <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="5">
         <v>2</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="6">
         <v>369</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="11">
         <v>845657</v>
       </c>
       <c r="J4" s="11">
         <v>253697</v>
       </c>
       <c r="K4" s="11">
         <v>591960</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>3</v>
       </c>
       <c r="B5" s="6">
         <v>139694</v>
       </c>
       <c r="C5" s="5">
         <v>2</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="6">
         <v>369</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="11">
         <v>5862972</v>
       </c>
       <c r="J5" s="11">
         <v>1758892</v>
       </c>
       <c r="K5" s="11">
         <v>4104080</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <v>4</v>
       </c>
       <c r="B6" s="6">
         <v>140379</v>
       </c>
       <c r="C6" s="5">
         <v>2</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="8">
         <v>233641</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="6">
         <v>2131</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="11">
         <v>581823</v>
       </c>
       <c r="J6" s="11">
         <v>174547</v>
       </c>
       <c r="K6" s="11">
         <v>407276</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="6">
-        <v>140788</v>
+        <v>140562</v>
       </c>
       <c r="C7" s="5">
         <v>2</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>224</v>
+      </c>
+      <c r="E7" s="8">
+        <v>303798</v>
       </c>
       <c r="F7" s="9" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="G7" s="6">
-        <v>530560</v>
+        <v>2283</v>
       </c>
       <c r="H7" s="10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I7" s="11">
-        <v>3965047</v>
+        <v>6976518</v>
       </c>
       <c r="J7" s="11">
-        <v>2383156</v>
+        <v>2259815</v>
       </c>
       <c r="K7" s="11">
-        <v>1581891</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>4716703</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <v>6</v>
       </c>
       <c r="B8" s="6">
-        <v>140849</v>
+        <v>140788</v>
       </c>
       <c r="C8" s="5">
         <v>2</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>287385</v>
+        <v>22</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>23</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G8" s="6">
-        <v>2201</v>
+        <v>530560</v>
       </c>
       <c r="H8" s="10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I8" s="11">
-        <v>20766869</v>
+        <v>3965047</v>
       </c>
       <c r="J8" s="11">
-        <v>6766869</v>
+        <v>2383156</v>
       </c>
       <c r="K8" s="11">
-        <v>14000000</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>1581891</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>7</v>
       </c>
       <c r="B9" s="6">
-        <v>140860</v>
+        <v>140849</v>
       </c>
       <c r="C9" s="5">
         <v>2</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>25</v>
+      </c>
+      <c r="E9" s="8">
+        <v>287385</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G9" s="6">
-        <v>1620</v>
+        <v>2201</v>
       </c>
       <c r="H9" s="10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I9" s="11">
-        <v>2294844</v>
+        <v>20766869</v>
       </c>
       <c r="J9" s="11">
-        <v>688453</v>
+        <v>6766869</v>
       </c>
       <c r="K9" s="11">
-        <v>1606391</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>14000000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="6">
-        <v>140951</v>
+        <v>140860</v>
       </c>
       <c r="C10" s="5">
         <v>2</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>509621</v>
+        <v>28</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>29</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G10" s="6">
-        <v>345</v>
+        <v>1620</v>
       </c>
       <c r="H10" s="10" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I10" s="11">
-        <v>3798445</v>
+        <v>2294844</v>
       </c>
       <c r="J10" s="11">
-        <v>1139534</v>
+        <v>688453</v>
       </c>
       <c r="K10" s="11">
-        <v>2658911</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>1606391</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="6">
-        <v>141056</v>
+        <v>140951</v>
       </c>
       <c r="C11" s="5">
         <v>2</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>32</v>
+      </c>
+      <c r="E11" s="8">
+        <v>509621</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G11" s="6">
-        <v>1744</v>
+        <v>345</v>
       </c>
       <c r="H11" s="10" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I11" s="11">
-        <v>650768</v>
+        <v>3798445</v>
       </c>
       <c r="J11" s="11">
-        <v>195768</v>
+        <v>1139534</v>
       </c>
       <c r="K11" s="11">
-        <v>455000</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:11" ht="92.4" x14ac:dyDescent="0.3">
+        <v>2658911</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>10</v>
       </c>
       <c r="B12" s="6">
-        <v>141170</v>
+        <v>141056</v>
       </c>
       <c r="C12" s="5">
         <v>2</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G12" s="6">
-        <v>478</v>
+        <v>1744</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="I12" s="11">
-        <v>1496130</v>
+        <v>650768</v>
       </c>
       <c r="J12" s="11">
-        <v>448839</v>
+        <v>195768</v>
       </c>
       <c r="K12" s="11">
-        <v>1047291</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>455000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A13" s="5">
         <v>11</v>
       </c>
       <c r="B13" s="6">
-        <v>141184</v>
+        <v>141170</v>
       </c>
       <c r="C13" s="5">
         <v>2</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G13" s="6">
-        <v>1744</v>
+        <v>478</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I13" s="11">
-        <v>3511123</v>
+        <v>1496130</v>
       </c>
       <c r="J13" s="11">
-        <v>1061123</v>
+        <v>448839</v>
       </c>
       <c r="K13" s="11">
-        <v>2450000</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1047291</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <v>12</v>
       </c>
       <c r="B14" s="6">
-        <v>141230</v>
+        <v>141184</v>
       </c>
       <c r="C14" s="5">
         <v>2</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>287482</v>
+        <v>41</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>35</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G14" s="6">
-        <v>859</v>
+        <v>1744</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="I14" s="11">
-        <v>3809672</v>
+        <v>3511123</v>
       </c>
       <c r="J14" s="11">
-        <v>1142902</v>
+        <v>1061123</v>
       </c>
       <c r="K14" s="11">
-        <v>2666770</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>2450000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A15" s="5">
         <v>13</v>
       </c>
       <c r="B15" s="6">
-        <v>141320</v>
+        <v>141230</v>
       </c>
       <c r="C15" s="5">
         <v>2</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>42</v>
+      </c>
+      <c r="E15" s="8">
+        <v>287482</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G15" s="6">
-        <v>2641</v>
+        <v>859</v>
       </c>
       <c r="H15" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I15" s="11">
-        <v>1610429</v>
+        <v>3809672</v>
       </c>
       <c r="J15" s="11">
-        <v>483129</v>
+        <v>1142902</v>
       </c>
       <c r="K15" s="11">
-        <v>1127300</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>2666770</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A16" s="5">
         <v>14</v>
       </c>
       <c r="B16" s="6">
-        <v>141370</v>
+        <v>141320</v>
       </c>
       <c r="C16" s="5">
         <v>2</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G16" s="6">
-        <v>173</v>
+        <v>2641</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I16" s="11">
-        <v>996959</v>
+        <v>1610429</v>
       </c>
       <c r="J16" s="11">
-        <v>299087</v>
+        <v>483129</v>
       </c>
       <c r="K16" s="11">
-        <v>697872</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" ht="27" x14ac:dyDescent="0.3">
+        <v>1127300</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A17" s="5">
         <v>15</v>
       </c>
       <c r="B17" s="6">
-        <v>141387</v>
+        <v>141370</v>
       </c>
       <c r="C17" s="5">
         <v>2</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G17" s="6">
-        <v>976</v>
+        <v>173</v>
       </c>
       <c r="H17" s="10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I17" s="11">
-        <v>11123539</v>
+        <v>996959</v>
       </c>
       <c r="J17" s="11">
-        <v>3358237</v>
+        <v>299087</v>
       </c>
       <c r="K17" s="11">
-        <v>7765302</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="92.4" x14ac:dyDescent="0.3">
+        <v>697872</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>16</v>
       </c>
-      <c r="B18" s="6" t="s">
-        <v>53</v>
+      <c r="B18" s="6">
+        <v>141386</v>
       </c>
       <c r="C18" s="5">
         <v>2</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>181</v>
+      </c>
+      <c r="E18" s="8">
+        <v>270121</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>182</v>
+      </c>
+      <c r="G18" s="6">
+        <v>430</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I18" s="11">
-        <v>599192</v>
+        <v>1361537</v>
       </c>
       <c r="J18" s="11">
-        <v>179758</v>
+        <v>408462</v>
       </c>
       <c r="K18" s="11">
-        <v>419434</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>953075</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A19" s="5">
         <v>17</v>
       </c>
       <c r="B19" s="6">
-        <v>141934</v>
+        <v>141387</v>
       </c>
       <c r="C19" s="5">
         <v>2</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G19" s="6">
-        <v>370</v>
+        <v>976</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I19" s="11">
-        <v>2780394</v>
+        <v>11123539</v>
       </c>
       <c r="J19" s="11">
-        <v>834118</v>
+        <v>3358237</v>
       </c>
       <c r="K19" s="11">
-        <v>1946276</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:11" ht="92.4" x14ac:dyDescent="0.3">
+        <v>7765302</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A20" s="5">
         <v>18</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>128</v>
+        <v>53</v>
       </c>
       <c r="C20" s="5">
         <v>2</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>511331</v>
+        <v>54</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>55</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>130</v>
+        <v>56</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>131</v>
+        <v>57</v>
       </c>
       <c r="H20" s="10" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="I20" s="11">
-        <v>552221</v>
+        <v>599192</v>
       </c>
       <c r="J20" s="11">
-        <v>235667</v>
+        <v>179758</v>
       </c>
       <c r="K20" s="11">
-        <v>316554</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>419434</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A21" s="5">
         <v>19</v>
       </c>
-      <c r="B21" s="6" t="s">
-        <v>66</v>
+      <c r="B21" s="6">
+        <v>141934</v>
       </c>
       <c r="C21" s="5">
         <v>2</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>251038</v>
+        <v>58</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>16</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
-        <v>513</v>
+        <v>370</v>
       </c>
       <c r="H21" s="10" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="I21" s="11">
-        <v>3165014</v>
+        <v>2780394</v>
       </c>
       <c r="J21" s="11">
-        <v>949505</v>
+        <v>834118</v>
       </c>
       <c r="K21" s="11">
-        <v>2215509</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>1946276</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>20</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="C22" s="5">
         <v>2</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="E22" s="8">
-        <v>285056</v>
+        <v>511331</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="H22" s="10" t="s">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="I22" s="11">
-        <v>327910</v>
+        <v>552221</v>
       </c>
       <c r="J22" s="11">
-        <v>98910</v>
+        <v>235667</v>
       </c>
       <c r="K22" s="11">
-        <v>229000</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>316554</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <v>21</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C23" s="5">
         <v>2</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E23" s="8">
-        <v>248746</v>
+        <v>251038</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G23" s="6">
-        <v>781</v>
+        <v>513</v>
       </c>
       <c r="H23" s="10" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="I23" s="11">
-        <v>9808147</v>
+        <v>3165014</v>
       </c>
       <c r="J23" s="11">
-        <v>3010204</v>
+        <v>949505</v>
       </c>
       <c r="K23" s="11">
-        <v>6797943</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>2215509</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A24" s="5">
         <v>22</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="C24" s="5">
         <v>2</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="E24" s="8">
-        <v>636924</v>
+        <v>285056</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>126</v>
+        <v>99</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="H24" s="10" t="s">
         <v>101</v>
       </c>
       <c r="I24" s="11">
-        <v>13709271</v>
+        <v>327910</v>
       </c>
       <c r="J24" s="11">
-        <v>4197482</v>
+        <v>98910</v>
       </c>
       <c r="K24" s="11">
-        <v>9511789</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>229000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A25" s="5">
         <v>23</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C25" s="5">
         <v>2</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E25" s="8">
-        <v>236918</v>
+        <v>248746</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G25" s="6">
-        <v>1783</v>
+        <v>781</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="I25" s="11">
-        <v>301328</v>
+        <v>9808147</v>
       </c>
       <c r="J25" s="11">
-        <v>90399</v>
+        <v>3010204</v>
       </c>
       <c r="K25" s="11">
-        <v>210929</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>6797943</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A26" s="5">
         <v>24</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C26" s="5">
         <v>2</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="E26" s="8">
-        <v>568716</v>
+        <v>636924</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I26" s="11">
-        <v>1958667</v>
+        <v>13709271</v>
       </c>
       <c r="J26" s="11">
-        <v>1958667</v>
+        <v>4197482</v>
       </c>
       <c r="K26" s="11">
-        <v>1371067</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>9511789</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A27" s="5">
         <v>25</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="C27" s="5">
         <v>2</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="E27" s="8">
-        <v>568716</v>
+        <v>236918</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="G27" s="6">
-        <v>914</v>
+        <v>1783</v>
       </c>
       <c r="H27" s="10" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I27" s="11">
-        <v>1297342</v>
+        <v>301328</v>
       </c>
       <c r="J27" s="11">
-        <v>389203</v>
+        <v>90399</v>
       </c>
       <c r="K27" s="11">
-        <v>908139</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:11" ht="79.2" x14ac:dyDescent="0.3">
+        <v>210929</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A28" s="5">
         <v>26</v>
       </c>
-      <c r="B28" s="6">
-        <v>144011</v>
+      <c r="B28" s="6" t="s">
+        <v>106</v>
       </c>
       <c r="C28" s="5">
         <v>2</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="E28" s="8">
-        <v>512672</v>
+        <v>568716</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>81</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>108</v>
       </c>
       <c r="H28" s="10" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="I28" s="11">
-        <v>375908</v>
+        <v>1958667</v>
       </c>
       <c r="J28" s="11">
-        <v>112773</v>
+        <v>1958667</v>
       </c>
       <c r="K28" s="11">
-        <v>263135</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1371067</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A29" s="5">
         <v>27</v>
       </c>
-      <c r="B29" s="6">
-        <v>144019</v>
+      <c r="B29" s="6" t="s">
+        <v>83</v>
       </c>
       <c r="C29" s="5">
         <v>2</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E29" s="8">
-        <v>251739</v>
+        <v>568716</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="G29" s="6">
-        <v>640</v>
+        <v>914</v>
       </c>
       <c r="H29" s="10" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="I29" s="11">
-        <v>7125534</v>
+        <v>1297342</v>
       </c>
       <c r="J29" s="11">
-        <v>2146130</v>
+        <v>389203</v>
       </c>
       <c r="K29" s="11">
-        <v>4979404</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>908139</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A30" s="5">
         <v>28</v>
       </c>
-      <c r="B30" s="6" t="s">
-        <v>102</v>
+      <c r="B30" s="6">
+        <v>144011</v>
       </c>
       <c r="C30" s="5">
         <v>2</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="E30" s="8">
-        <v>637254</v>
+        <v>512672</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>78</v>
+      </c>
+      <c r="G30" s="6">
+        <v>689</v>
       </c>
       <c r="H30" s="10" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="I30" s="11">
-        <v>7935540</v>
+        <v>375908</v>
       </c>
       <c r="J30" s="11">
-        <v>2844906</v>
+        <v>112773</v>
       </c>
       <c r="K30" s="11">
-        <v>5090634</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:11" ht="26.4" x14ac:dyDescent="0.3">
+        <v>263135</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A31" s="5">
         <v>29</v>
       </c>
       <c r="B31" s="6">
-        <v>144066</v>
+        <v>144019</v>
       </c>
       <c r="C31" s="5">
         <v>2</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="E31" s="8">
-        <v>568716</v>
+        <v>251739</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="G31" s="6">
-        <v>914</v>
+        <v>640</v>
       </c>
       <c r="H31" s="10" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="I31" s="11">
-        <v>833870</v>
+        <v>7125534</v>
       </c>
       <c r="J31" s="11">
-        <v>250161</v>
+        <v>2146130</v>
       </c>
       <c r="K31" s="11">
-        <v>583709</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:11" ht="26.4" x14ac:dyDescent="0.3">
+        <v>4979404</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A32" s="5">
         <v>30</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="C32" s="5">
         <v>2</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="E32" s="8">
-        <v>568716</v>
+        <v>637254</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>104</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>105</v>
       </c>
       <c r="H32" s="10" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I32" s="11">
-        <v>299859</v>
+        <v>7935540</v>
       </c>
       <c r="J32" s="11">
-        <v>89958</v>
+        <v>2844906</v>
       </c>
       <c r="K32" s="11">
-        <v>209901</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>5090634</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A33" s="5">
         <v>31</v>
       </c>
       <c r="B33" s="6">
-        <v>144165</v>
+        <v>144066</v>
       </c>
       <c r="C33" s="5">
         <v>2</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="E33" s="8">
-        <v>583952</v>
+        <v>568716</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="G33" s="6">
-        <v>131</v>
+        <v>914</v>
       </c>
       <c r="H33" s="10" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="I33" s="11">
-        <v>5514360</v>
+        <v>833870</v>
       </c>
       <c r="J33" s="11">
-        <v>1836413</v>
+        <v>250161</v>
       </c>
       <c r="K33" s="11">
-        <v>3677947</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>583709</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A34" s="5">
         <v>32</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="C34" s="5">
         <v>2</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="E34" s="8">
-        <v>291145</v>
+        <v>568716</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>81</v>
+      </c>
+      <c r="G34" s="6">
+        <v>914</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="11">
-        <v>863059</v>
+        <v>299859</v>
       </c>
       <c r="J34" s="11">
-        <v>863059</v>
+        <v>89958</v>
       </c>
       <c r="K34" s="11">
-        <v>604141</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:11" ht="92.4" x14ac:dyDescent="0.3">
+        <v>209901</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A35" s="5">
         <v>33</v>
       </c>
-      <c r="B35" s="6" t="s">
-        <v>113</v>
+      <c r="B35" s="6">
+        <v>144165</v>
       </c>
       <c r="C35" s="5">
         <v>2</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="E35" s="8">
-        <v>582981</v>
+        <v>583952</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>94</v>
+      </c>
+      <c r="G35" s="6">
+        <v>131</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>69</v>
       </c>
       <c r="I35" s="11">
-        <v>3931775</v>
+        <v>5514360</v>
       </c>
       <c r="J35" s="11">
-        <v>3931775</v>
+        <v>1836413</v>
       </c>
       <c r="K35" s="11">
-        <v>2752242</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:11" ht="39.6" x14ac:dyDescent="0.3">
+        <v>3677947</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A36" s="5">
         <v>34</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C36" s="5">
         <v>2</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="E36" s="8">
-        <v>544515</v>
+        <v>291145</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>111</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>112</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="11">
-        <v>2209061</v>
+        <v>863059</v>
       </c>
       <c r="J36" s="11">
-        <v>734714</v>
+        <v>863059</v>
       </c>
       <c r="K36" s="11">
-        <v>1474347</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>604141</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A37" s="5">
         <v>35</v>
       </c>
-      <c r="B37" s="6">
-        <v>144451</v>
+      <c r="B37" s="6" t="s">
+        <v>113</v>
       </c>
       <c r="C37" s="5">
         <v>2</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="E37" s="8">
-        <v>304476</v>
+        <v>582981</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>3084</v>
+        <v>115</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>116</v>
       </c>
       <c r="H37" s="10" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="I37" s="11">
-        <v>3037353</v>
+        <v>3931775</v>
       </c>
       <c r="J37" s="11">
-        <v>1214942</v>
+        <v>3931775</v>
       </c>
       <c r="K37" s="11">
-        <v>1822411</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>2752242</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A38" s="5">
         <v>36</v>
       </c>
-      <c r="B38" s="6">
-        <v>144479</v>
+      <c r="B38" s="6" t="s">
+        <v>117</v>
       </c>
       <c r="C38" s="5">
         <v>2</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="E38" s="8">
-        <v>304492</v>
+        <v>544515</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="G38" s="6">
-        <v>5561</v>
+        <v>323</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="11">
-        <v>3881708</v>
+        <v>2209061</v>
       </c>
       <c r="J38" s="11">
-        <v>1552683</v>
+        <v>734714</v>
       </c>
       <c r="K38" s="11">
-        <v>1939525</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>1474347</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A39" s="5">
         <v>37</v>
       </c>
-      <c r="B39" s="6" t="s">
-        <v>120</v>
+      <c r="B39" s="6">
+        <v>144451</v>
       </c>
       <c r="C39" s="5">
         <v>2</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
       <c r="E39" s="8">
-        <v>542237</v>
+        <v>304476</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>149</v>
+      </c>
+      <c r="G39" s="6">
+        <v>3084</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="11">
-        <v>936477</v>
+        <v>3037353</v>
       </c>
       <c r="J39" s="11">
-        <v>280943</v>
+        <v>1214942</v>
       </c>
       <c r="K39" s="11">
-        <v>655534</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:11" ht="26.4" x14ac:dyDescent="0.3">
+        <v>1822411</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A40" s="5">
         <v>38</v>
       </c>
       <c r="B40" s="6">
-        <v>144512</v>
+        <v>144479</v>
       </c>
       <c r="C40" s="5">
         <v>2</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>167</v>
+        <v>132</v>
       </c>
       <c r="E40" s="8">
-        <v>488488</v>
+        <v>304492</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="G40" s="6">
-        <v>661</v>
+        <v>5561</v>
       </c>
       <c r="H40" s="10" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="I40" s="11">
-        <v>503036</v>
+        <v>3881708</v>
       </c>
       <c r="J40" s="11">
-        <v>150911</v>
+        <v>1552683</v>
       </c>
       <c r="K40" s="11">
-        <v>352125</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="79.2" x14ac:dyDescent="0.3">
+        <v>1939525</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A41" s="5">
         <v>39</v>
       </c>
-      <c r="B41" s="6">
-        <v>144788</v>
+      <c r="B41" s="6" t="s">
+        <v>120</v>
       </c>
       <c r="C41" s="5">
         <v>2</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="E41" s="8">
-        <v>636291</v>
+        <v>542237</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>122</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>123</v>
       </c>
       <c r="H41" s="10" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="I41" s="11">
-        <v>5418526</v>
+        <v>936477</v>
       </c>
       <c r="J41" s="11">
-        <v>1637416</v>
+        <v>280943</v>
       </c>
       <c r="K41" s="11">
-        <v>3781110</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>655534</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A42" s="5">
         <v>40</v>
       </c>
       <c r="B42" s="6">
-        <v>144870</v>
+        <v>144512</v>
       </c>
       <c r="C42" s="5">
         <v>2</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="E42" s="8">
-        <v>284611</v>
+        <v>488488</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="G42" s="6">
-        <v>4880</v>
+        <v>661</v>
       </c>
       <c r="H42" s="10" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I42" s="11">
-        <v>5155517</v>
+        <v>503036</v>
       </c>
       <c r="J42" s="11">
-        <v>2356436</v>
+        <v>150911</v>
       </c>
       <c r="K42" s="11">
-        <v>2799081</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>352125</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A43" s="5">
         <v>41</v>
       </c>
       <c r="B43" s="6">
-        <v>144953</v>
+        <v>144788</v>
       </c>
       <c r="C43" s="5">
         <v>2</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>163</v>
+        <v>135</v>
       </c>
       <c r="E43" s="8">
-        <v>291145</v>
+        <v>636291</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="G43" s="6">
-        <v>784</v>
+        <v>152</v>
       </c>
       <c r="H43" s="10" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="I43" s="11">
-        <v>1924206</v>
+        <v>5418526</v>
       </c>
       <c r="J43" s="11">
-        <v>577262</v>
+        <v>1637416</v>
       </c>
       <c r="K43" s="11">
-        <v>1346944</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:11" ht="79.2" x14ac:dyDescent="0.3">
+        <v>3781110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A44" s="5">
         <v>42</v>
       </c>
       <c r="B44" s="6">
-        <v>144976</v>
+        <v>144870</v>
       </c>
       <c r="C44" s="5">
         <v>2</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E44" s="8">
-        <v>250848</v>
+        <v>284611</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G44" s="6">
-        <v>313</v>
+        <v>4880</v>
       </c>
       <c r="H44" s="10" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="I44" s="11">
-        <v>1863820</v>
+        <v>5155517</v>
       </c>
       <c r="J44" s="11">
-        <v>559146</v>
+        <v>2356436</v>
       </c>
       <c r="K44" s="11">
-        <v>1304674</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:11" ht="52.8" x14ac:dyDescent="0.3">
+        <v>2799081</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A45" s="5">
         <v>43</v>
       </c>
       <c r="B45" s="6">
-        <v>144979</v>
+        <v>144950</v>
       </c>
       <c r="C45" s="5">
         <v>2</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>154</v>
+        <v>215</v>
       </c>
       <c r="E45" s="8">
-        <v>236411</v>
+        <v>287091</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>155</v>
+        <v>216</v>
       </c>
       <c r="G45" s="6">
-        <v>3867</v>
+        <v>398</v>
       </c>
       <c r="H45" s="10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I45" s="11">
-        <v>12782133</v>
+        <v>2837709</v>
       </c>
       <c r="J45" s="11">
-        <v>5112854</v>
+        <v>851709</v>
       </c>
       <c r="K45" s="11">
-        <v>7669279</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1986000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5">
         <v>44</v>
       </c>
       <c r="B46" s="6">
-        <v>145012</v>
+        <v>144953</v>
       </c>
       <c r="C46" s="5">
         <v>2</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E46" s="8">
-        <v>285412</v>
+        <v>291145</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>160</v>
+        <v>111</v>
       </c>
       <c r="G46" s="6">
-        <v>921</v>
+        <v>784</v>
       </c>
       <c r="H46" s="10" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="I46" s="11">
-        <v>8061051</v>
+        <v>1924206</v>
       </c>
       <c r="J46" s="11">
-        <v>2418316</v>
+        <v>577262</v>
       </c>
       <c r="K46" s="11">
-        <v>5642735</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1346944</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
         <v>45</v>
       </c>
       <c r="B47" s="6">
-        <v>145029</v>
+        <v>144962</v>
       </c>
       <c r="C47" s="5">
         <v>2</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>156</v>
+        <v>195</v>
       </c>
       <c r="E47" s="8">
-        <v>509728</v>
+        <v>297437</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
       <c r="G47" s="6">
-        <v>370</v>
+        <v>24021</v>
       </c>
       <c r="H47" s="10" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="I47" s="11">
-        <v>1800519</v>
+        <v>4176619</v>
       </c>
       <c r="J47" s="11">
-        <v>540156</v>
+        <v>2350692</v>
       </c>
       <c r="K47" s="11">
-        <v>1260363</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1825927</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A48" s="5">
         <v>46</v>
       </c>
       <c r="B48" s="6">
-        <v>145033</v>
+        <v>144976</v>
       </c>
       <c r="C48" s="5">
         <v>2</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E48" s="8">
-        <v>285447</v>
+        <v>250848</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="G48" s="6">
-        <v>2823</v>
+        <v>313</v>
       </c>
       <c r="H48" s="10" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="I48" s="11">
-        <v>22812902</v>
+        <v>1863820</v>
       </c>
       <c r="J48" s="11">
-        <v>7094752</v>
+        <v>559146</v>
       </c>
       <c r="K48" s="11">
-        <v>15718150</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1304674</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A49" s="5">
         <v>47</v>
       </c>
       <c r="B49" s="6">
-        <v>145132</v>
+        <v>144979</v>
       </c>
       <c r="C49" s="5">
         <v>2</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="E49" s="8">
-        <v>303712</v>
+        <v>236411</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="G49" s="6">
-        <v>1027</v>
+        <v>3867</v>
       </c>
       <c r="H49" s="10" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I49" s="11">
-        <v>1615195</v>
+        <v>12782133</v>
       </c>
       <c r="J49" s="11">
-        <v>518440</v>
+        <v>5112854</v>
       </c>
       <c r="K49" s="11">
-        <v>1096755</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>7669279</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A50" s="5">
         <v>48</v>
       </c>
       <c r="B50" s="6">
-        <v>145143</v>
+        <v>145012</v>
       </c>
       <c r="C50" s="5">
         <v>2</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E50" s="8">
-        <v>290939</v>
+        <v>285412</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G50" s="6">
-        <v>4254</v>
+        <v>921</v>
       </c>
       <c r="H50" s="10" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I50" s="11">
-        <v>12592928</v>
+        <v>8061051</v>
       </c>
       <c r="J50" s="11">
-        <v>5037172</v>
+        <v>2418316</v>
       </c>
       <c r="K50" s="11">
-        <v>7555756</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>5642735</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A51" s="5">
         <v>49</v>
       </c>
       <c r="B51" s="6">
-        <v>145195</v>
+        <v>145029</v>
       </c>
       <c r="C51" s="5">
         <v>2</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="E51" s="8">
-        <v>581917</v>
+        <v>509728</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>170</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
-        <v>594</v>
+        <v>370</v>
       </c>
       <c r="H51" s="10" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="I51" s="11">
-        <v>510636</v>
+        <v>1800519</v>
       </c>
       <c r="J51" s="11">
-        <v>209814</v>
+        <v>540156</v>
       </c>
       <c r="K51" s="11">
-        <v>300822</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>1260363</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A52" s="5">
         <v>50</v>
       </c>
       <c r="B52" s="6">
-        <v>145220</v>
+        <v>145033</v>
       </c>
       <c r="C52" s="5">
         <v>2</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="E52" s="8">
-        <v>272523</v>
+        <v>285447</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="G52" s="6">
-        <v>7166</v>
+        <v>2823</v>
       </c>
       <c r="H52" s="10" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="I52" s="11">
-        <v>12649594</v>
+        <v>22812902</v>
       </c>
       <c r="J52" s="11">
-        <v>5665510</v>
+        <v>7094752</v>
       </c>
       <c r="K52" s="11">
-        <v>6984084</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:11" ht="66" x14ac:dyDescent="0.3">
+        <v>15718150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A53" s="5">
         <v>51</v>
       </c>
       <c r="B53" s="6">
-        <v>145274</v>
+        <v>145132</v>
       </c>
       <c r="C53" s="5">
         <v>2</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E53" s="8">
-        <v>284611</v>
+        <v>303712</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="G53" s="6">
-        <v>4880</v>
+        <v>1027</v>
       </c>
       <c r="H53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="11">
+        <v>1615195</v>
+      </c>
+      <c r="J53" s="11">
+        <v>518440</v>
+      </c>
+      <c r="K53" s="11">
+        <v>1096755</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A54" s="5">
+        <v>52</v>
+      </c>
+      <c r="B54" s="6">
+        <v>145143</v>
+      </c>
+      <c r="C54" s="5">
+        <v>2</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" s="8">
+        <v>290939</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="G54" s="6">
+        <v>4254</v>
+      </c>
+      <c r="H54" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I54" s="11">
+        <v>12592928</v>
+      </c>
+      <c r="J54" s="11">
+        <v>5037172</v>
+      </c>
+      <c r="K54" s="11">
+        <v>7555756</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A55" s="5">
+        <v>53</v>
+      </c>
+      <c r="B55" s="6">
+        <v>145190</v>
+      </c>
+      <c r="C55" s="5">
+        <v>2</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="E55" s="8">
+        <v>584061</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G55" s="6">
+        <v>75</v>
+      </c>
+      <c r="H55" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I55" s="11">
+        <v>807783</v>
+      </c>
+      <c r="J55" s="11">
+        <v>276216</v>
+      </c>
+      <c r="K55" s="11">
+        <v>531567</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A56" s="5">
+        <v>54</v>
+      </c>
+      <c r="B56" s="6">
+        <v>145191</v>
+      </c>
+      <c r="C56" s="5">
+        <v>2</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="E56" s="8">
+        <v>584061</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G56" s="6">
+        <v>75</v>
+      </c>
+      <c r="H56" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I56" s="11">
+        <v>1421779</v>
+      </c>
+      <c r="J56" s="11">
+        <v>426535</v>
+      </c>
+      <c r="K56" s="11">
+        <v>995244</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A57" s="5">
+        <v>55</v>
+      </c>
+      <c r="B57" s="6">
+        <v>145195</v>
+      </c>
+      <c r="C57" s="5">
+        <v>2</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="E57" s="8">
+        <v>581917</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="G57" s="6">
+        <v>594</v>
+      </c>
+      <c r="H57" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I57" s="11">
+        <v>510636</v>
+      </c>
+      <c r="J57" s="11">
+        <v>209814</v>
+      </c>
+      <c r="K57" s="11">
+        <v>300822</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A58" s="5">
+        <v>56</v>
+      </c>
+      <c r="B58" s="6">
+        <v>145198</v>
+      </c>
+      <c r="C58" s="5">
+        <v>2</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="E58" s="8">
+        <v>584061</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G58" s="6">
+        <v>75</v>
+      </c>
+      <c r="H58" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I58" s="11">
+        <v>5240196</v>
+      </c>
+      <c r="J58" s="11">
+        <v>1614411</v>
+      </c>
+      <c r="K58" s="11">
+        <v>3625785</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A59" s="5">
+        <v>57</v>
+      </c>
+      <c r="B59" s="6">
+        <v>145212</v>
+      </c>
+      <c r="C59" s="5">
+        <v>2</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" s="8">
+        <v>250848</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="G59" s="6">
+        <v>313</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I59" s="11">
+        <v>5115476</v>
+      </c>
+      <c r="J59" s="11">
+        <v>1534643</v>
+      </c>
+      <c r="K59" s="11">
+        <v>3580833</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A60" s="5">
+        <v>58</v>
+      </c>
+      <c r="B60" s="6">
+        <v>145214</v>
+      </c>
+      <c r="C60" s="5">
+        <v>2</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" s="8">
+        <v>250864</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="G60" s="6">
+        <v>361</v>
+      </c>
+      <c r="H60" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I60" s="11">
+        <v>5943994</v>
+      </c>
+      <c r="J60" s="11">
+        <v>1783198</v>
+      </c>
+      <c r="K60" s="11">
+        <v>4160796</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A61" s="5">
+        <v>59</v>
+      </c>
+      <c r="B61" s="6">
+        <v>145220</v>
+      </c>
+      <c r="C61" s="5">
+        <v>2</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="E61" s="8">
+        <v>272523</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="G61" s="6">
+        <v>7166</v>
+      </c>
+      <c r="H61" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I61" s="11">
+        <v>12649594</v>
+      </c>
+      <c r="J61" s="11">
+        <v>5665510</v>
+      </c>
+      <c r="K61" s="11">
+        <v>6984084</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A62" s="5">
+        <v>60</v>
+      </c>
+      <c r="B62" s="6">
+        <v>145222</v>
+      </c>
+      <c r="C62" s="5">
+        <v>2</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="E62" s="8">
+        <v>272523</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="G62" s="6">
+        <v>7166</v>
+      </c>
+      <c r="H62" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I62" s="11">
+        <v>4000279</v>
+      </c>
+      <c r="J62" s="11">
+        <v>1824179</v>
+      </c>
+      <c r="K62" s="11">
+        <v>2176100</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A63" s="5">
+        <v>61</v>
+      </c>
+      <c r="B63" s="6">
+        <v>145231</v>
+      </c>
+      <c r="C63" s="5">
+        <v>2</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="E63" s="8">
+        <v>272680</v>
+      </c>
+      <c r="F63" s="9" t="s">
+        <v>236</v>
+      </c>
+      <c r="G63" s="6">
+        <v>6037</v>
+      </c>
+      <c r="H63" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I63" s="11">
+        <v>1477479</v>
+      </c>
+      <c r="J63" s="11">
+        <v>637602</v>
+      </c>
+      <c r="K63" s="11">
+        <v>839877</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A64" s="5">
+        <v>62</v>
+      </c>
+      <c r="B64" s="6">
+        <v>145243</v>
+      </c>
+      <c r="C64" s="5">
+        <v>2</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="E64" s="8">
+        <v>290823</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="G64" s="6">
+        <v>2199</v>
+      </c>
+      <c r="H64" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I64" s="11">
+        <v>16026626</v>
+      </c>
+      <c r="J64" s="11">
+        <v>4807988</v>
+      </c>
+      <c r="K64" s="11">
+        <v>11218638</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A65" s="5">
+        <v>63</v>
+      </c>
+      <c r="B65" s="6">
+        <v>145247</v>
+      </c>
+      <c r="C65" s="5">
+        <v>2</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="E65" s="8">
+        <v>584061</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G65" s="6">
+        <v>75</v>
+      </c>
+      <c r="H65" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I65" s="11">
+        <v>3139744</v>
+      </c>
+      <c r="J65" s="11">
+        <v>1001215</v>
+      </c>
+      <c r="K65" s="11">
+        <v>2138529</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A66" s="5">
+        <v>64</v>
+      </c>
+      <c r="B66" s="6">
+        <v>145250</v>
+      </c>
+      <c r="C66" s="5">
+        <v>2</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="E66" s="8">
+        <v>250520</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="G66" s="6">
+        <v>316</v>
+      </c>
+      <c r="H66" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I66" s="11">
+        <v>8041648</v>
+      </c>
+      <c r="J66" s="11">
+        <v>2412494</v>
+      </c>
+      <c r="K66" s="11">
+        <v>5629154</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A67" s="5">
+        <v>65</v>
+      </c>
+      <c r="B67" s="6">
+        <v>145254</v>
+      </c>
+      <c r="C67" s="5">
+        <v>2</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="E67" s="8">
+        <v>285188</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="G67" s="6">
+        <v>628</v>
+      </c>
+      <c r="H67" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="I67" s="11">
+        <v>9685467</v>
+      </c>
+      <c r="J67" s="11">
+        <v>2905640</v>
+      </c>
+      <c r="K67" s="11">
+        <v>6779827</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A68" s="5">
+        <v>66</v>
+      </c>
+      <c r="B68" s="6">
+        <v>145274</v>
+      </c>
+      <c r="C68" s="5">
+        <v>2</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="E68" s="8">
+        <v>284611</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="G68" s="6">
+        <v>4880</v>
+      </c>
+      <c r="H68" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I68" s="11">
         <v>2438943</v>
       </c>
-      <c r="J53" s="11">
+      <c r="J68" s="11">
         <v>1184938</v>
       </c>
-      <c r="K53" s="11">
+      <c r="K68" s="11">
         <v>1254005</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A69" s="5">
+        <v>67</v>
+      </c>
+      <c r="B69" s="6">
+        <v>145276</v>
+      </c>
+      <c r="C69" s="5">
+        <v>2</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="E69" s="8">
+        <v>293326</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="G69" s="6">
+        <v>385</v>
+      </c>
+      <c r="H69" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="I69" s="11">
+        <v>352000</v>
+      </c>
+      <c r="J69" s="11">
+        <v>105600</v>
+      </c>
+      <c r="K69" s="11">
+        <v>246400</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A70" s="5">
+        <v>68</v>
+      </c>
+      <c r="B70" s="6">
+        <v>145299</v>
+      </c>
+      <c r="C70" s="5">
+        <v>2</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="E70" s="8">
+        <v>46684441</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="G70" s="6">
+        <v>53</v>
+      </c>
+      <c r="H70" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I70" s="11">
+        <v>738159</v>
+      </c>
+      <c r="J70" s="11">
+        <v>221448</v>
+      </c>
+      <c r="K70" s="11">
+        <v>516711</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A71" s="5">
+        <v>69</v>
+      </c>
+      <c r="B71" s="6">
+        <v>145300</v>
+      </c>
+      <c r="C71" s="5">
+        <v>2</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="E71" s="8">
+        <v>636240</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="G71" s="6">
+        <v>226</v>
+      </c>
+      <c r="H71" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I71" s="11">
+        <v>1445503</v>
+      </c>
+      <c r="J71" s="11">
+        <v>433651</v>
+      </c>
+      <c r="K71" s="11">
+        <v>1011852</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A72" s="5">
+        <v>70</v>
+      </c>
+      <c r="B72" s="6">
+        <v>145306</v>
+      </c>
+      <c r="C72" s="5">
+        <v>2</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="E72" s="8">
+        <v>635821</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="G72" s="6">
+        <v>293</v>
+      </c>
+      <c r="H72" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I72" s="11">
+        <v>2384866</v>
+      </c>
+      <c r="J72" s="11">
+        <v>715460</v>
+      </c>
+      <c r="K72" s="11">
+        <v>1669406</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A73" s="5">
+        <v>71</v>
+      </c>
+      <c r="B73" s="6">
+        <v>145308</v>
+      </c>
+      <c r="C73" s="5">
+        <v>2</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="E73" s="8">
+        <v>635782</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="G73" s="6">
+        <v>615</v>
+      </c>
+      <c r="H73" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I73" s="11">
+        <v>7364469</v>
+      </c>
+      <c r="J73" s="11">
+        <v>2209341</v>
+      </c>
+      <c r="K73" s="11">
+        <v>5155128</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A74" s="5">
+        <v>72</v>
+      </c>
+      <c r="B74" s="6">
+        <v>145309</v>
+      </c>
+      <c r="C74" s="5">
+        <v>2</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="E74" s="8">
+        <v>304051</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>227</v>
+      </c>
+      <c r="G74" s="6">
+        <v>1558</v>
+      </c>
+      <c r="H74" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I74" s="11">
+        <v>5507332</v>
+      </c>
+      <c r="J74" s="11">
+        <v>1652200</v>
+      </c>
+      <c r="K74" s="11">
+        <v>3855132</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A75" s="5">
+        <v>73</v>
+      </c>
+      <c r="B75" s="6">
+        <v>145311</v>
+      </c>
+      <c r="C75" s="5">
+        <v>2</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="E75" s="8">
+        <v>303755</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>229</v>
+      </c>
+      <c r="G75" s="6">
+        <v>1465</v>
+      </c>
+      <c r="H75" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I75" s="11">
+        <v>18150000</v>
+      </c>
+      <c r="J75" s="11">
+        <v>5445000</v>
+      </c>
+      <c r="K75" s="11">
+        <v>12705000</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A76" s="5">
+        <v>74</v>
+      </c>
+      <c r="B76" s="6">
+        <v>145313</v>
+      </c>
+      <c r="C76" s="5">
+        <v>2</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="E76" s="8">
+        <v>635839</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="G76" s="6">
+        <v>900</v>
+      </c>
+      <c r="H76" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I76" s="11">
+        <v>14520000</v>
+      </c>
+      <c r="J76" s="11">
+        <v>4356000</v>
+      </c>
+      <c r="K76" s="11">
+        <v>10164000</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="5">
+        <v>75</v>
+      </c>
+      <c r="B77" s="6">
+        <v>145330</v>
+      </c>
+      <c r="C77" s="5">
+        <v>2</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="E77" s="8">
+        <v>291170</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="G77" s="6">
+        <v>3378</v>
+      </c>
+      <c r="H77" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I77" s="11">
+        <v>2450924</v>
+      </c>
+      <c r="J77" s="11">
+        <v>980370</v>
+      </c>
+      <c r="K77" s="11">
+        <v>1470554</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A78" s="5">
+        <v>76</v>
+      </c>
+      <c r="B78" s="6">
+        <v>145331</v>
+      </c>
+      <c r="C78" s="5">
+        <v>2</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="E78" s="8">
+        <v>584061</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="G78" s="6">
+        <v>75</v>
+      </c>
+      <c r="H78" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I78" s="11">
+        <v>577735</v>
+      </c>
+      <c r="J78" s="11">
+        <v>173321</v>
+      </c>
+      <c r="K78" s="11">
+        <v>404414</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A79" s="5">
+        <v>77</v>
+      </c>
+      <c r="B79" s="6">
+        <v>145339</v>
+      </c>
+      <c r="C79" s="5">
+        <v>2</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E79" s="8">
+        <v>290874</v>
+      </c>
+      <c r="F79" s="9" t="s">
+        <v>238</v>
+      </c>
+      <c r="G79" s="6">
+        <v>864</v>
+      </c>
+      <c r="H79" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I79" s="11">
+        <v>3433831</v>
+      </c>
+      <c r="J79" s="11">
+        <v>1030150</v>
+      </c>
+      <c r="K79" s="11">
+        <v>2403681</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A80" s="5">
+        <v>78</v>
+      </c>
+      <c r="B80" s="6">
+        <v>145342</v>
+      </c>
+      <c r="C80" s="5">
+        <v>2</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="E80" s="8">
+        <v>568716</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G80" s="6">
+        <v>914</v>
+      </c>
+      <c r="H80" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I80" s="11">
+        <v>478531</v>
+      </c>
+      <c r="J80" s="11">
+        <v>143559</v>
+      </c>
+      <c r="K80" s="11">
+        <v>334971</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A81" s="5">
+        <v>79</v>
+      </c>
+      <c r="B81" s="6">
+        <v>145361</v>
+      </c>
+      <c r="C81" s="5">
+        <v>2</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="E81" s="8">
+        <v>303798</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="G81" s="6">
+        <v>2283</v>
+      </c>
+      <c r="H81" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I81" s="11">
+        <v>4202519</v>
+      </c>
+      <c r="J81" s="11">
+        <v>1260755</v>
+      </c>
+      <c r="K81" s="11">
+        <v>2941764</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A82" s="5">
+        <v>80</v>
+      </c>
+      <c r="B82" s="6">
+        <v>145362</v>
+      </c>
+      <c r="C82" s="5">
+        <v>2</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="E82" s="8">
+        <v>304263</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="G82" s="6">
+        <v>1829</v>
+      </c>
+      <c r="H82" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I82" s="11">
+        <v>2469363</v>
+      </c>
+      <c r="J82" s="11">
+        <v>740809</v>
+      </c>
+      <c r="K82" s="11">
+        <v>1728554</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A83" s="5">
+        <v>81</v>
+      </c>
+      <c r="B83" s="6">
+        <v>145363</v>
+      </c>
+      <c r="C83" s="5">
+        <v>2</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="E83" s="8">
+        <v>304263</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="G83" s="6">
+        <v>1829</v>
+      </c>
+      <c r="H83" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I83" s="11">
+        <v>12005756</v>
+      </c>
+      <c r="J83" s="11">
+        <v>4025227</v>
+      </c>
+      <c r="K83" s="11">
+        <v>7980529</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A84" s="5">
+        <v>82</v>
+      </c>
+      <c r="B84" s="6">
+        <v>145364</v>
+      </c>
+      <c r="C84" s="5">
+        <v>2</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="E84" s="8">
+        <v>283771</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="G84" s="6">
+        <v>688</v>
+      </c>
+      <c r="H84" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I84" s="11">
+        <v>3758420</v>
+      </c>
+      <c r="J84" s="11">
+        <v>1127526</v>
+      </c>
+      <c r="K84" s="11">
+        <v>2630894</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A85" s="5">
+        <v>83</v>
+      </c>
+      <c r="B85" s="6">
+        <v>145366</v>
+      </c>
+      <c r="C85" s="5">
+        <v>2</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="E85" s="8">
+        <v>1265741</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="G85" s="6">
+        <v>1769</v>
+      </c>
+      <c r="H85" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I85" s="11">
+        <v>2315749</v>
+      </c>
+      <c r="J85" s="11">
+        <v>694725</v>
+      </c>
+      <c r="K85" s="11">
+        <v>694725</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A86" s="5">
+        <v>84</v>
+      </c>
+      <c r="B86" s="6">
+        <v>145371</v>
+      </c>
+      <c r="C86" s="5">
+        <v>2</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="E86" s="8">
+        <v>303844</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>214</v>
+      </c>
+      <c r="G86" s="6">
+        <v>754</v>
+      </c>
+      <c r="H86" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I86" s="11">
+        <v>6293924</v>
+      </c>
+      <c r="J86" s="11">
+        <v>4262369</v>
+      </c>
+      <c r="K86" s="11">
+        <v>2031555</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A87" s="5">
+        <v>85</v>
+      </c>
+      <c r="B87" s="6">
+        <v>145372</v>
+      </c>
+      <c r="C87" s="5">
+        <v>2</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="E87" s="8">
+        <v>250805</v>
+      </c>
+      <c r="F87" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="G87" s="6">
+        <v>7464</v>
+      </c>
+      <c r="H87" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I87" s="11">
+        <v>6040120</v>
+      </c>
+      <c r="J87" s="11">
+        <v>2681038</v>
+      </c>
+      <c r="K87" s="11">
+        <v>3359082</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A88" s="5">
+        <v>86</v>
+      </c>
+      <c r="B88" s="6">
+        <v>145375</v>
+      </c>
+      <c r="C88" s="5">
+        <v>2</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="E88" s="8">
+        <v>284211</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="G88" s="6">
+        <v>724</v>
+      </c>
+      <c r="H88" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I88" s="11">
+        <v>10656105</v>
+      </c>
+      <c r="J88" s="11">
+        <v>3196831</v>
+      </c>
+      <c r="K88" s="11">
+        <v>7459274</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A89" s="5">
+        <v>87</v>
+      </c>
+      <c r="B89" s="6">
+        <v>145376</v>
+      </c>
+      <c r="C89" s="5">
+        <v>2</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="E89" s="8">
+        <v>304263</v>
+      </c>
+      <c r="F89" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="G89" s="6">
+        <v>1829</v>
+      </c>
+      <c r="H89" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I89" s="11">
+        <v>13247440</v>
+      </c>
+      <c r="J89" s="11">
+        <v>4225791</v>
+      </c>
+      <c r="K89" s="11">
+        <v>4225791</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A90" s="5">
+        <v>88</v>
+      </c>
+      <c r="B90" s="6">
+        <v>145377</v>
+      </c>
+      <c r="C90" s="5">
+        <v>2</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="E90" s="8">
+        <v>285234</v>
+      </c>
+      <c r="F90" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="G90" s="6">
+        <v>857</v>
+      </c>
+      <c r="H90" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="I90" s="11">
+        <v>2559420</v>
+      </c>
+      <c r="J90" s="11">
+        <v>767826</v>
+      </c>
+      <c r="K90" s="11">
+        <v>1791594</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A91" s="5">
+        <v>89</v>
+      </c>
+      <c r="B91" s="6">
+        <v>145378</v>
+      </c>
+      <c r="C91" s="5">
+        <v>2</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="E91" s="8">
+        <v>636282</v>
+      </c>
+      <c r="F91" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="G91" s="6">
+        <v>342</v>
+      </c>
+      <c r="H91" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I91" s="11">
+        <v>5225407</v>
+      </c>
+      <c r="J91" s="11">
+        <v>1622678</v>
+      </c>
+      <c r="K91" s="11">
+        <v>3602729</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A92" s="5">
+        <v>90</v>
+      </c>
+      <c r="B92" s="6">
+        <v>145380</v>
+      </c>
+      <c r="C92" s="5">
+        <v>2</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="E92" s="8">
+        <v>287458</v>
+      </c>
+      <c r="F92" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="G92" s="6">
+        <v>465</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I92" s="11">
+        <v>406000</v>
+      </c>
+      <c r="J92" s="11">
+        <v>121800</v>
+      </c>
+      <c r="K92" s="11">
+        <v>284200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A93" s="5">
+        <v>91</v>
+      </c>
+      <c r="B93" s="6">
+        <v>145393</v>
+      </c>
+      <c r="C93" s="5">
+        <v>2</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="E93" s="8">
+        <v>245780</v>
+      </c>
+      <c r="F93" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="G93" s="6">
+        <v>1376</v>
+      </c>
+      <c r="H93" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I93" s="11">
+        <v>5145480</v>
+      </c>
+      <c r="J93" s="11">
+        <v>1649520</v>
+      </c>
+      <c r="K93" s="11">
+        <v>3495960</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:K2" xr:uid="{18BE3DD4-425B-4E53-9B15-842D84AC0627}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K53">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K93">
       <sortCondition ref="B2"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFAACC31-2EB3-4220-B1A5-BFCC85540563}">
-  <dimension ref="A1:K14"/>
+  <dimension ref="A1:K17"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:A14"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="9" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="15.109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="14.5546875" customWidth="1"/>
+    <col min="9" max="9" width="15.140625" customWidth="1"/>
+    <col min="10" max="10" width="14.7109375" customWidth="1"/>
+    <col min="11" max="11" width="14.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="12"/>
       <c r="B1" s="13"/>
       <c r="C1" s="14"/>
       <c r="D1" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="17"/>
     </row>
-    <row r="2" spans="1:11" s="3" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" s="3" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="6">
         <v>140684</v>
       </c>
       <c r="C3" s="5">
         <v>2</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G3" s="6">
         <v>616</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="11">
         <v>28201739</v>
       </c>
       <c r="J3" s="11">
         <v>8657873</v>
       </c>
       <c r="K3" s="11">
         <v>19543866</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5">
         <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="5">
         <v>2</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G4" s="6">
         <v>616</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="11">
         <v>29086445</v>
       </c>
       <c r="J4" s="11">
         <v>9086445</v>
       </c>
       <c r="K4" s="11">
         <v>20000000</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>3</v>
       </c>
       <c r="B5" s="6">
         <v>140879</v>
       </c>
       <c r="C5" s="5">
         <v>2</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G5" s="6">
         <v>616</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="11">
         <v>29129885</v>
       </c>
       <c r="J5" s="11">
         <v>9129885</v>
       </c>
       <c r="K5" s="11">
         <v>20000000</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <v>4</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C6" s="5">
         <v>2</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>86</v>
       </c>
       <c r="E6" s="8">
         <v>635375</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>87</v>
       </c>
       <c r="G6" s="6">
         <v>223</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>88</v>
       </c>
       <c r="I6" s="11">
         <v>904633</v>
       </c>
       <c r="J6" s="11">
         <v>274633</v>
       </c>
       <c r="K6" s="11">
         <v>630000</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="6">
         <v>141389</v>
       </c>
       <c r="C7" s="5">
         <v>2</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>89</v>
       </c>
       <c r="E7" s="8">
         <v>48804711</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G7" s="6">
         <v>695</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>88</v>
       </c>
       <c r="I7" s="11">
         <v>627406</v>
       </c>
       <c r="J7" s="11">
         <v>188222</v>
       </c>
       <c r="K7" s="11">
         <v>439184</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <v>6</v>
       </c>
       <c r="B8" s="6">
         <v>142494</v>
       </c>
       <c r="C8" s="5">
         <v>2</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>91</v>
       </c>
       <c r="E8" s="8">
         <v>297755</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>92</v>
       </c>
       <c r="G8" s="6">
         <v>7401</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>88</v>
       </c>
       <c r="I8" s="11">
         <v>11199173</v>
       </c>
       <c r="J8" s="11">
         <v>4781011</v>
       </c>
       <c r="K8" s="11">
         <v>6418162</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>7</v>
       </c>
-      <c r="B9" s="6" t="s">
-        <v>134</v>
+      <c r="B9" s="6">
+        <v>142865</v>
       </c>
       <c r="C9" s="5">
         <v>2</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E9" s="8">
-        <v>636291</v>
+        <v>301582</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G9" s="6">
-        <v>152</v>
+        <v>425</v>
       </c>
       <c r="H9" s="10" t="s">
         <v>137</v>
       </c>
       <c r="I9" s="11">
-        <v>5418526</v>
+        <v>8777353</v>
       </c>
       <c r="J9" s="11">
-        <v>1637416</v>
+        <v>2677674</v>
       </c>
       <c r="K9" s="11">
-        <v>3779710.27</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6099679</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="6">
-        <v>142865</v>
+        <v>143320</v>
       </c>
       <c r="C10" s="5">
         <v>2</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="E10" s="8">
-        <v>301582</v>
+        <v>297437</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="G10" s="6">
-        <v>425</v>
+        <v>24021</v>
       </c>
       <c r="H10" s="10" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="I10" s="11">
-        <v>8777353</v>
+        <v>4772113</v>
       </c>
       <c r="J10" s="11">
-        <v>2677674</v>
+        <v>2653164</v>
       </c>
       <c r="K10" s="11">
-        <v>6099679</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2118949</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="6">
         <v>143989</v>
       </c>
       <c r="C11" s="5">
         <v>2</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>140</v>
       </c>
       <c r="E11" s="8">
         <v>272523</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>141</v>
       </c>
       <c r="G11" s="6">
         <v>7166</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>142</v>
       </c>
       <c r="I11" s="11">
         <v>11810947</v>
       </c>
       <c r="J11" s="11">
         <v>5333395</v>
       </c>
       <c r="K11" s="11">
         <v>6477554.0700000003</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>10</v>
       </c>
-      <c r="B12" s="6">
-        <v>144199</v>
+      <c r="B12" s="6" t="s">
+        <v>134</v>
       </c>
       <c r="C12" s="5">
         <v>2</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="E12" s="8">
-        <v>298352</v>
+        <v>636291</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="G12" s="6">
-        <v>1811</v>
+        <v>152</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>88</v>
+        <v>137</v>
       </c>
       <c r="I12" s="11">
-        <v>5098279</v>
+        <v>5418526</v>
       </c>
       <c r="J12" s="11">
-        <v>2569800</v>
+        <v>1637416</v>
       </c>
       <c r="K12" s="11">
-        <v>2528479</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3779710.27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5">
         <v>11</v>
       </c>
       <c r="B13" s="6">
-        <v>143320</v>
+        <v>144199</v>
       </c>
       <c r="C13" s="5">
         <v>2</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E13" s="8">
-        <v>297437</v>
+        <v>298352</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G13" s="6">
-        <v>24021</v>
+        <v>1811</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>88</v>
       </c>
       <c r="I13" s="11">
-        <v>4772113</v>
+        <v>5098279</v>
       </c>
       <c r="J13" s="11">
-        <v>2653164</v>
+        <v>2569800</v>
       </c>
       <c r="K13" s="11">
-        <v>2118949</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2528479</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <v>12</v>
       </c>
       <c r="B14" s="6">
         <v>144432</v>
       </c>
       <c r="C14" s="5">
         <v>2</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>147</v>
       </c>
       <c r="E14" s="8">
         <v>301582</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>139</v>
       </c>
       <c r="G14" s="6">
         <v>425</v>
       </c>
       <c r="H14" s="10" t="s">
         <v>137</v>
       </c>
       <c r="I14" s="11">
         <v>723206</v>
       </c>
       <c r="J14" s="11">
         <v>229030</v>
       </c>
       <c r="K14" s="11">
         <v>494176</v>
       </c>
     </row>
+    <row r="15" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>13</v>
+      </c>
+      <c r="B15" s="6">
+        <v>145289</v>
+      </c>
+      <c r="C15" s="5">
+        <v>2</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="E15" s="8">
+        <v>535125</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="G15" s="6">
+        <v>858</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="I15" s="11">
+        <v>4251098</v>
+      </c>
+      <c r="J15" s="11">
+        <v>1275329</v>
+      </c>
+      <c r="K15" s="11">
+        <v>2975769</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" s="6">
+        <v>145310</v>
+      </c>
+      <c r="C16" s="5">
+        <v>2</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="E16" s="8">
+        <v>488895</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="G16" s="6">
+        <v>1616</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" s="11">
+        <v>3043367</v>
+      </c>
+      <c r="J16" s="11">
+        <v>913010</v>
+      </c>
+      <c r="K16" s="11">
+        <v>2130357</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>15</v>
+      </c>
+      <c r="B17" s="6">
+        <v>145392</v>
+      </c>
+      <c r="C17" s="5">
+        <v>2</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="E17" s="8">
+        <v>636363</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="G17" s="6">
+        <v>270</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I17" s="11">
+        <v>1088704</v>
+      </c>
+      <c r="J17" s="11">
+        <v>326612</v>
+      </c>
+      <c r="K17" s="11">
+        <v>762092</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="A2:K2" xr:uid="{DFAACC31-2EB3-4220-B1A5-BFCC85540563}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K8">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K17">
       <sortCondition ref="B2"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>